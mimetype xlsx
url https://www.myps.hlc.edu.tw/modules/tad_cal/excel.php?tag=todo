--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -14,182 +14,110 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="待辦清單" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>待辦清單</t>
   </si>
   <si>
     <t>日期</t>
   </si>
   <si>
     <t>事件項目</t>
   </si>
   <si>
-    <t>2025-09-01</t>
-[...16 lines deleted...]
-  <si>
     <t>2025-09-12</t>
   </si>
   <si>
     <t>防災預演</t>
   </si>
   <si>
-    <t>2025-09-13</t>
-[...67 lines deleted...]
-  <si>
     <t>2025-11-04</t>
   </si>
   <si>
     <t>期中定期評量</t>
   </si>
   <si>
-    <t>2025-12-19</t>
+    <t>2025-12-12</t>
   </si>
   <si>
     <t>生理衛生講座</t>
   </si>
   <si>
     <t>2025-12-23</t>
   </si>
   <si>
     <t>明義有愛市集</t>
   </si>
   <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>(國際領域)第一學期教學成果發表及諮詢/領域會議(2)</t>
+  </si>
+  <si>
     <t>2026-01-09</t>
   </si>
   <si>
     <t>期末定期評量 縣免費課輔結束 課後照顧結束</t>
   </si>
   <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>期末定期評量 六年級畢業旅行</t>
+  </si>
+  <si>
     <t>2026-01-15</t>
   </si>
   <si>
     <t>六年級畢業旅行</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="PMingLiU"/>
@@ -561,51 +489,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B23"/>
+  <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="45" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
     </row>
@@ -656,147 +584,51 @@
       <c r="B8" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>20</v>
-[...95 lines deleted...]
-        <v>43</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>