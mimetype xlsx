--- v1 (2025-12-20)
+++ v2 (2026-03-03)
@@ -14,89 +14,122 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="待辦清單" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>待辦清單</t>
   </si>
   <si>
     <t>日期</t>
   </si>
   <si>
     <t>事件項目</t>
   </si>
   <si>
+    <t>2025-08-28</t>
+  </si>
+  <si>
+    <t>全校教師返校進修日(國際教育)。志工入班需求調查(至9/6止)</t>
+  </si>
+  <si>
+    <t>2025-09-01</t>
+  </si>
+  <si>
+    <t>開學日/新生迎新活動 校內美展開始收件</t>
+  </si>
+  <si>
+    <t>2025-09-04</t>
+  </si>
+  <si>
+    <t>社團分組上課</t>
+  </si>
+  <si>
     <t>2025-09-12</t>
   </si>
   <si>
     <t>防災預演</t>
   </si>
   <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>國際教育研習 (國際領域3-6年級)/領域會議(1)</t>
+  </si>
+  <si>
+    <t>2025-10-22</t>
+  </si>
+  <si>
+    <t>特教知能研習</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>一四年級健康檢查</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
     <t>2025-11-04</t>
   </si>
   <si>
     <t>期中定期評量</t>
   </si>
   <si>
-    <t>2025-12-12</t>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>廢電池回收週</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
   </si>
   <si>
     <t>生理衛生講座</t>
-  </si>
-[...10 lines deleted...]
-    <t>(國際領域)第一學期教學成果發表及諮詢/領域會議(2)</t>
   </si>
   <si>
     <t>2026-01-09</t>
   </si>
   <si>
     <t>期末定期評量 縣免費課輔結束 課後照顧結束</t>
   </si>
   <si>
     <t>2026-01-14</t>
   </si>
   <si>
     <t>期末定期評量 六年級畢業旅行</t>
   </si>
   <si>
     <t>2026-01-15</t>
   </si>
   <si>
     <t>六年級畢業旅行</t>
   </si>
   <si>
     <t>2026-01-16</t>
   </si>
 </sst>
 </file>
 
@@ -489,51 +522,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B11"/>
+  <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="45" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
     </row>
@@ -576,59 +609,107 @@
       <c r="B7" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B11" s="3" t="s">
-        <v>18</v>
+    </row>
+    <row r="12" spans="1:2">
+      <c r="A12" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2">
+      <c r="A13" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2">
+      <c r="A14" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2">
+      <c r="A15" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2">
+      <c r="A16" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2">
+      <c r="A17" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>